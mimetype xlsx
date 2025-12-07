--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -1,138 +1,168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/queryTables/queryTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
-  <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
-  <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/xl/queryTables/queryTable3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27425"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{85E1BED0-6314-4177-8A20-EB93FDB544C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{66F258E8-09E2-47DA-9FB7-A3AC80BBDCCC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15540" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
-    <sheet name="Hoja2" sheetId="2" r:id="rId2"/>
-    <sheet name="Hoja3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="DaToS" localSheetId="0">Hoja1!#REF!</definedName>
-    <definedName name="DaToS_1" localSheetId="0">Hoja1!$B$4:$C$5</definedName>
-    <definedName name="DaToS_2" localSheetId="0">Hoja1!$B$9:$C$10</definedName>
+    <definedName name="DaToS_1" localSheetId="0">Hoja1!$B$7:$C$8</definedName>
+    <definedName name="DaToS_2" localSheetId="0">Hoja1!$B$12:$C$13</definedName>
+    <definedName name="DaToS_3" localSheetId="0">Hoja1!$B$2:$C$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C6" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="D6" i="1"/>
+  <c r="D5" i="1" l="1"/>
+  <c r="D4" i="1" l="1"/>
+  <c r="C9" i="1"/>
+  <c r="D14" i="1" l="1"/>
+  <c r="D10" i="1"/>
+  <c r="D9" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{617FA1F3-9807-429D-9CBF-34A3F7BB2FE5}" name="DaToS1" type="6" refreshedVersion="3" background="1" saveData="1">
     <textPr sourceFile="C:\Documents and Settings\utorres\Escritorio\DaToS.TXT" decimal="," thousands="." tab="0" delimiter="@">
       <textFields count="7">
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
       </textFields>
     </textPr>
   </connection>
-  <connection id="2" xr16:uid="{8E890BAF-FDFB-4B3E-9055-F4B7E26C9BF5}" name="DaToS2" type="6" refreshedVersion="3" background="1" saveData="1">
+  <connection id="2" xr16:uid="{17AEBC22-9912-427C-8646-673126B9DE28}" name="DaToS11" type="6" refreshedVersion="3" background="1" saveData="1">
+    <textPr sourceFile="C:\Documents and Settings\utorres\Escritorio\DaToS.TXT" decimal="," thousands="." tab="0" delimiter="@">
+      <textFields count="7">
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+      </textFields>
+    </textPr>
+  </connection>
+  <connection id="3" xr16:uid="{8E890BAF-FDFB-4B3E-9055-F4B7E26C9BF5}" name="DaToS2" type="6" refreshedVersion="3" background="1" saveData="1">
     <textPr sourceFile="C:\Documents and Settings\utorres\Escritorio\DaToS.TXT" decimal="," thousands="." tab="0" delimiter="@">
       <textFields count="7">
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
       </textFields>
     </textPr>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="9">
   <si>
     <t>Concepto</t>
   </si>
   <si>
     <t>Importe</t>
   </si>
   <si>
     <t>Subvención de instalaciones de energías renovables</t>
   </si>
   <si>
     <t>Subvenciones destinadas a la financiación de plantas potabilizadores de aguas situadas en la Comunidad Autónoma de Canarias</t>
   </si>
   <si>
     <t>% Respecto a la cifra de negocio</t>
   </si>
   <si>
     <t>Cifra de negocio 2023</t>
   </si>
   <si>
     <t>Cifra de negocio 2022</t>
+  </si>
+  <si>
+    <t>Cifra de negocio 2024</t>
+  </si>
+  <si>
+    <t>Subvención PERTE Fondos NEXT GENERATION</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -185,59 +215,63 @@
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentaje" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="DaToS_2" connectionId="2" xr16:uid="{EAC8A7B7-746C-4C88-8ED9-B8E6B92D0168}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="1" applyPatternFormats="1" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="DaToS_3" connectionId="2" xr16:uid="{17EE6BE5-F9CC-4460-8DE6-F636934A152F}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="1" applyPatternFormats="1" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/queryTables/queryTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="DaToS_1" connectionId="1" xr16:uid="{856172DE-BD0B-4628-8C89-A623A7C6D04D}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="1" applyPatternFormats="1" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+</file>
+
+<file path=xl/queryTables/queryTable3.xml><?xml version="1.0" encoding="utf-8"?>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="DaToS_2" connectionId="3" xr16:uid="{EAC8A7B7-746C-4C88-8ED9-B8E6B92D0168}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="1" applyPatternFormats="1" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -482,214 +516,216 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable2.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B4:D11"/>
+  <dimension ref="B2:D14"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B29" sqref="B29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.5703125" customWidth="1"/>
     <col min="2" max="2" width="124.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="55.5703125" style="2" customWidth="1"/>
     <col min="4" max="4" width="31.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
+    <row r="2" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="2">
+        <v>39452820.420000002</v>
+      </c>
+    </row>
     <row r="4" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B4" s="1" t="s">
-[...6 lines deleted...]
-        <v>4</v>
+      <c r="B4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="2">
+        <v>673649.31</v>
+      </c>
+      <c r="D4" s="4">
+        <f>C4/C3</f>
+        <v>1.7074807398522612E-2</v>
       </c>
     </row>
     <row r="5" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="2">
+        <v>2959776.34</v>
+      </c>
+      <c r="D5" s="4">
+        <f>C5/C3</f>
+        <v>7.5020652731321247E-2</v>
+      </c>
+    </row>
+    <row r="7" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B7" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="2">
+      <c r="C8" s="2">
         <v>36696227.07</v>
       </c>
     </row>
-    <row r="6" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B6" t="s">
+    <row r="9" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="2">
+      <c r="C9" s="2">
         <f>695509.32</f>
         <v>695509.32</v>
       </c>
-      <c r="D6" s="4">
-        <f>C6/C5</f>
+      <c r="D9" s="4">
+        <f>C9/C8</f>
         <v>1.8953156101668953E-2</v>
-      </c>
-[...21 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="10" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C10" s="2">
+        <v>21617.41</v>
+      </c>
+      <c r="D10" s="4">
+        <f>C10/C8</f>
+        <v>5.8909080649527379E-4</v>
+      </c>
+    </row>
+    <row r="12" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B12" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="13" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>6</v>
       </c>
-      <c r="C10" s="2">
+      <c r="C13" s="2">
         <v>34313129.68</v>
       </c>
     </row>
-    <row r="11" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B11" t="s">
+    <row r="14" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>3</v>
       </c>
-      <c r="C11" s="2">
+      <c r="C14" s="2">
         <v>794900.11</v>
       </c>
-      <c r="D11" s="4">
-        <f>C11/C10</f>
+      <c r="D14" s="4">
+        <f>C14/C13</f>
         <v>2.316606259508066E-2</v>
       </c>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-[...30 lines deleted...]
-  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="200" verticalDpi="200" r:id="rId1"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
-      <vt:lpstr>Hoja2</vt:lpstr>
-      <vt:lpstr>Hoja3</vt:lpstr>
       <vt:lpstr>Hoja1!DaToS_1</vt:lpstr>
       <vt:lpstr>Hoja1!DaToS_2</vt:lpstr>
+      <vt:lpstr>Hoja1!DaToS_3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>